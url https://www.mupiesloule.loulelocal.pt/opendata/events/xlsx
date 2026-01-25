--- v0 (2025-12-06)
+++ v1 (2026-01-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="19">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="29">
   <si>
     <t>Start Date</t>
   </si>
   <si>
     <t>End Date</t>
   </si>
   <si>
     <t>Image</t>
   </si>
   <si>
     <t>Name (pt)</t>
   </si>
   <si>
     <t>Name (en)</t>
   </si>
   <si>
     <t>Name (es)</t>
   </si>
   <si>
     <t>Description (pt)</t>
   </si>
   <si>
     <t>Description (en)</t>
   </si>
   <si>
@@ -78,51 +78,85 @@
     <t xml:space="preserve"> Artes Natalícias para crianças</t>
   </si>
   <si>
     <t>Arts and Crafts for Children this Christmas</t>
   </si>
   <si>
     <t>&lt;p&gt;Imagina uma decoração na tua árvore de natal realizada por ti. Vamos embarcar numa jornada criativa &amp;amp; reflexiva ?&lt;/p&gt;
 &lt;p&gt;Mais uma vez lançamos um desafio à imaginação das crianças participantes, onde o grande objetivo é realizar atividades onde desenvolvam novas competências e os ecrãs sejam "postos de lado".&lt;/p&gt;
 &lt;p&gt;O que desejamos ?&lt;br&gt;+ competências num ambiente descontraído &amp;amp; lúdico&lt;br&gt;- exposição aos ecrãs&lt;/p&gt;
 &lt;p&gt;Como tirar as crianças da frente dos ecrãs? Um desafio que todos os pais enfrentam, especialmente nas férias. &lt;/p&gt;
 &lt;p&gt;Sugestão Moovastica:&lt;br&gt;Ofereçam-lhes criatividade &amp;amp; tempo de qualidade!&lt;/p&gt;
 &lt;p&gt;Férias recheadas de experiências incríveis no Moov Life que lhes ficarão na memória!&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Imagine a decoration on your Christmas tree made by you. Shall we embark on a creative &amp;amp; reflective journey?&lt;/p&gt;
 &lt;p&gt;Once again, we launch a challenge to the imagination of the participating children, where the main goal is to carry out activities where they develop new skills and screens are "put aside".&lt;/p&gt;
 &lt;p&gt;What do we want?&lt;br&gt;+ skills in a relaxed &amp;amp; playful environment&lt;br&gt;- exposure to screens&lt;/p&gt;
 &lt;p&gt;How to get children away from screens? A challenge all parents face, especially during holidays.&lt;/p&gt;
 &lt;p&gt;Moovastica Suggestion:&lt;br&gt;Offer them creativity &amp;amp; quality time!&lt;/p&gt;
 &lt;p&gt;Holidays filled with incredible experiences at Moov Life that will stay in their memory!&lt;/p&gt;</t>
   </si>
   <si>
     <t>[{"name":"Educativo"}]</t>
   </si>
   <si>
-    <t>[]</t>
+    <t>[{"name":"Educational"}]</t>
+  </si>
+  <si>
+    <t>0000-00-00</t>
+  </si>
+  <si>
+    <t>https://www.mupiesloule.loulelocal.pt/files/images/activity/PA26-20251215-024154.jpg</t>
+  </si>
+  <si>
+    <t>Passagem de Ano 2025/2026</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;Os Xutos &amp;amp; Pontapés são o destaque do programa de animação da Passagem de Ano 2025/26 em Quarteira.&lt;br&gt; &lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>[{"name":"Desporto"}]</t>
+  </si>
+  <si>
+    <t>[{"name":"Sports"}]</t>
+  </si>
+  <si>
+    <t>[{"name":"Deporte"}]</t>
+  </si>
+  <si>
+    <t>https://www.mupiesloule.loulelocal.pt/files/images/activity/Desporto-destaque-2-20251215-030025.jpg</t>
+  </si>
+  <si>
+    <t>A Última Corrida do Ano</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;Dia 28 de dezembro, às 17h00, todos os caminhos levam ao Jardim Filipe Jonas em Quarteira para celebrar a Última Corrida do Ano!&lt;/p&gt;
+&lt;p&gt;A corrida terá dois percursos: um mais curto de 5 km (1 volta) e o mais longo de 10 km (2 voltas), que percorrem as principais ruas e avenidas da cidade. Esta prova destina-se tanto aos atletas que competem, como aos participantes que preferem apenas caminhar por lazer.&lt;/p&gt;
+&lt;p&gt;No final da prova, os participantes poderão recarregar energias com um doce e chá quente, proporcionando um momento de convívio para todos.&lt;/p&gt;
+&lt;p&gt;A Última Corrida do Ano será o ponto de partida para os dois dias de celebrações de passagem de ano na cidade de Quarteira, nos dias 30 e 31 de dezembro!&lt;/p&gt;
+&lt;p&gt;A inscrição é gratuita e pode ser realizada através do website da CRONO AAALGARVE ou presencialmente na Junta de Freguesia de Quarteira, nos dias úteis e horário de atendimento (das 09h00 às 16h30). As inscrições podem ser em grupo ou individuais.&lt;/p&gt;</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -426,51 +460,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L2"/>
+  <dimension ref="A1:L4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -495,51 +529,103 @@
       </c>
     </row>
     <row r="2" spans="1:12">
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
         <v>14</v>
       </c>
       <c r="G2" t="s">
         <v>15</v>
       </c>
       <c r="H2" t="s">
         <v>16</v>
       </c>
       <c r="J2" t="s">
         <v>17</v>
       </c>
       <c r="K2" t="s">
         <v>18</v>
       </c>
       <c r="L2" t="s">
-        <v>18</v>
+        <v>17</v>
+      </c>
+    </row>
+    <row r="3" spans="1:12">
+      <c r="A3" t="s">
+        <v>19</v>
+      </c>
+      <c r="B3" t="s">
+        <v>19</v>
+      </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="4" spans="1:12">
+      <c r="A4" t="s">
+        <v>19</v>
+      </c>
+      <c r="B4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C4" t="s">
+        <v>26</v>
+      </c>
+      <c r="D4" t="s">
+        <v>27</v>
+      </c>
+      <c r="G4" t="s">
+        <v>28</v>
+      </c>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>25</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>