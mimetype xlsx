--- v0 (2025-12-06)
+++ v1 (2026-01-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Reading Time</t>
   </si>
   <si>
     <t>Image</t>
   </si>
   <si>
     <t>Name (pt)</t>
   </si>
   <si>
     <t>Name (en)</t>
   </si>
   <si>
     <t>Name (es)</t>
   </si>
   <si>
     <t>Introduction (pt)</t>
   </si>
   <si>
     <t>Introduction (en)</t>
   </si>
   <si>
@@ -91,99 +91,84 @@
   </si>
   <si>
     <t>A Câmara Municipal de Loulé felicita publicamente Gustavo Pinto Filhó, atleta da academia Al-Ulya Sports, que, com apenas 7 anos de idade, alcançou dois feitos desportivos extraordinários no jiu-jitsu: tornou-se bicampeão nacional e, poucos dias depois, campeão do mundo.</t>
   </si>
   <si>
     <t>The Loulé City Council publicly congratulates Gustavo Pinto Filhó, an athlete from the Al-Ulya Sports academy, who, at just 7 years old, achieved two extraordinary sporting feats in jiu-jitsu: he became two-time national champion and, a few days later, world champion.</t>
   </si>
   <si>
     <t>&lt;p&gt;No Jiu-jitsu Nacional Open, realizado em Lisboa, Gustavo demonstrou o seu talento, determinação e maturidade competitiva. Entre cinco atletas da sua categoria, venceu as meias-finais e a final por finalização, alcançando o título nacional pelo segundo ano consecutivo.&lt;/p&gt;
 &lt;p&gt;Apenas cinco dias após o título nacional, Gustavo representou o país no Campeonato do Mundo de Jiu-jitsu, em Abu Dhabi, a prova mais prestigiada da modalidade a nível internacional. Venceu a semifinal e conquistou o ouro na final por pontos, garantindo assim o seu primeiro título mundial.&lt;/p&gt;
 &lt;p&gt; “Estava mais nervoso porque não ia ter a minha treinadora ao meu lado, mas tentei ouvi-la à distância e dei o meu melhor. Estou super feliz com esta vitória”, refere o jovem.&lt;/p&gt;
 &lt;p&gt;Já a equipa técnica destaca as qualidades do atleta: “O Gustavo demonstra uma dedicação rara para a sua idade. O seu foco, disciplina, humildade e respeito pelos adversários são inspiradores. O Gustavo é a prova de que a determinação não tem idade. Treina com seriedade, enfrenta o cansaço com coragem e volta sempre com vontade de aprender. Este título mundial é fruto da sua garra e dedicação diária”.&lt;/p&gt;
 &lt;p&gt;Este resultado confirma também a qualidade do trabalho desenvolvido pela academia Al-Ulya Sports no concelho, reforçando Loulé como um território de referência na formação desportiva infantil, projetando-o no panorama internacional.&lt;/p&gt;
 &lt;p&gt;O presidente da Câmara Municipal de Loulé, Telmo Pinto, enalteceu estas conquistas de Gustavo Pinto Filhó: “O Município deseja muita sorte ao Gustavo para os próximos desafios e reafirma que o seu percurso é um enorme orgulho para o concelho e um exemplo inspirador para todos os jovens louletanos”.&lt;/p&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;At the Jiu-jitsu National Open, held in Lisbon, Gustavo demonstrated his talent, determination, and competitive maturity. Among five athletes in his category, he won the semi-finals and the final by submission, achieving the national title for the second consecutive year.&lt;br&gt;Just five days after the national title, Gustavo represented the country at the Jiu-jitsu World Championship in Abu Dhabi, the most prestigious event in the sport internationally. He won the semi-final and took gold in the final by points, thus securing his first world title.&lt;br&gt;"I was more nervous because I wouldn’t have my coach by my side, but I tried to listen to her from a distance and gave my best. I’m super happy with this victory," the young boy states.&lt;br&gt;The technical team, meanwhile, highlights the athlete’s qualities: "Gustavo demonstrates a rare dedication for his age. His focus, discipline, humility, and respect for opponents are inspiring. Gustavo is proof that determination has no age. He trains seriously, faces fatigue with courage, and always returns eager to learn. This world title is the result of his grit and daily dedication."&lt;br&gt;This result also confirms the quality of the work developed by the Al-Ulya Sports academy in the municipality, reinforcing Loulé as a reference territory in children’s sports training, projecting it onto the international scene.&lt;br&gt;The Mayor of Loulé City Council, Telmo Pinto, praised these achievements by Gustavo Pinto Filhó: "The Municipality wishes Gustavo much luck for the next challenges and reaffirms that his journey is a source of great pride for the municipality and an inspiring example for all young people from Loulé."&lt;/p&gt;</t>
   </si>
   <si>
     <t>[{"name":"Desporto"}]</t>
   </si>
   <si>
     <t>[{"name":"Sports"}]</t>
   </si>
   <si>
+    <t>[{"name":"Deporte"}]</t>
+  </si>
+  <si>
+    <t>https://www.mupiesloule.loulelocal.pt/files/images/blog/693170388ee8e1764847672.jpg</t>
+  </si>
+  <si>
+    <t>EM DEZEMBRO LOULÉ CELEBRA O NATAL COM COPRODUÇÕES MÚSICA E ESTREIAS DE TEATRO</t>
+  </si>
+  <si>
+    <t>IN DECEMBER LOULÉ CELEBRATES CHRISTMAS WITH CO-PRODUCTIONS MUSIC AND THEATRE PREMIERES</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Em dezembro, o Cineteatro Louletano apresenta uma programação marcada pelo espírito de encontro e celebração, cruzando coproduções, música, dança, teatro e projetos de mediação que reforçam a ligação às comunidades. </t>
+  </si>
+  <si>
+    <t>In December, Cineteatro Louletano presents a program marked by the spirit of meeting and celebration, crossing co-productions, music, dance, theatre, and mediation projects that strengthen the connection to the communities.</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;O mês arranca com Manual de Sobrevivência para o Futuro, entre os dias 2 e 5 uma criação do Teatro do Eléctrico com alunos do 12.º ano da Escola Secundária Dra. Laura Ayres, integrando um trabalho continuado de mediação artística.  A 5 de dezembro, sexta-feira à noite, o Cineteatro acolhe As Três Promessas, pela Bela Companhia de Teatro (14h30 para escolas e 21h00 para o público em geral), enquanto no mesmo dia, às 21h00, o Pavilhão Multiusos 25 de Abril, em Almancil, recebe LABIA, de Jo Castro, numa coprodução multidisciplinar com enfoque na dança. LABIA propõe um encontro entre artistas multidisciplinares que navegam entre mundos sem se encerrar em formas enraizadas de operar, numa coexistência e ressignificação das suas (res)(ex)istências. No dia 6, a Casa da Cultura de Loulé recebe o percurso performativo Lugar para Toda a Gente, de Rui Raposo, uma iniciativa conjunta do Teatro Nacional D. Maria II e da Fundação Calouste Gulbenkian, integrada no programa ATOS, em parceria com o Cineteatro Louletano. Às 17h00, no Auditório do Solar da Música Nova, apresenta-se És o dono do oxigénio, quanto cobras por um minuto de ar?, de Marlene Barreto, também integrado no ATOS.  Já no dia 7, às 17h00, o Cineteatro Louletano apresenta A Festa, pela ACTA – Companhia de Teatro do Algarve, com interpretação em Língua Gestual Portuguesa. Mãe, pai e filho partilham a mesma casa; a mãe tenta fazer alguns avanços para comemorar o aniversário de casamento, o pai procura um qualquer motivo que o afaste daquela casa e o filho é incapaz de estabelecer qualquer comunicação. A Festa é um espetáculo sobre a família que não sabe comunicar, que se esgota em tentativas de solucionar os seus próprios problemas, mas acaba por criar inevitavelmente um ciclo repetitivo de mal-entendidos. A 12 de dezembro, às 21h00, apresenta-se Cratera, de André Braga e Cláudia Figueiredo / Circolando – Central Elétrica, numa coprodução de dança que inclui conversa com a equipa artística. Seguindo de perto as propostas da Geopoética e de outros autores que trazem o debate das questões ecológicas para um plano mais micro, Cratera procura experiências intensas de conexão com a terra que reclamem outras formas de linguagem e lucidez, apelando à paisagem vulcânica, pela sua forte dimensão telúrica e proximidade à pulsação e respiração da terra. No sábado, dia 13, às 17h00, o Auditório do Solar da Música Nova acolhe mais um concerto do ciclo Ilustres Desconhecidos, desta vez com a artista luso-croata Lana Gasparøtti. Lana Gasparøtti é voz, synths, teclados e guia em todo o seu trabalho. Ancorada principalmente na instrumentação, a performance da artista luso-croata assenta na exploração entre eletrónica e acidjazz. Também no sábado, mas às 21h00, no Cineteatro Louletano, estreia A Fábrica, pelo TAL – Teatro Análise de Loulé, uma coprodução apoiada pela Bolsa de Apoio ao Teatro. Num futuro distópico, os trabalhadores de A Fábrica estão presos a uma rotina implacável, onde o trabalho consome todo o seu tempo e não há espaço para reflexão ou fuga. A estabilidade do sistema começa a ser ameaçada quando um dos operários não aparece para trabalhar e falhas nas tarefas diárias começam a acontecer. A música de Natal marca presença no domingo, dia 14, às 17h00, com o concerto do Conservatório de Música de Loulé – Francisco Rosado, de entrada gratuita.  E na terça, dia 16, às 21h00, o Ao Luar Teatro estreia Uma Estrada para o Silêncio, uma coprodução apoiada pela Bolsa de Apoio ao Teatro que aborda as transformações sociais do mundo rural. No dia 18, entre as 18h00 e as 20h00 o Pólo de Almancil da Biblioteca Municipal de Loulé receber uma oficina/workshop de música e dança, relacionado com um espetáculo que estreia a 19 no Cineteatro, Maçã d’Adão. A oficina tem o título de O Som do Gesto e conta com Lander Patrick, um dos criadores do espetáculo. É dirigida preferencialmente a músicos e bailarinos, com ou sem experiência, e tem um número máximo de 30 participantes, sem limite de idade. Depois, a 19 de dezembro, sexta, às 21h00, apresenta-se Maçã d’Adão, o novo projeto multidisciplinar de Jonas, que junta música e dança e integra o recurso de audiodescrição, para pessoas cegas e/ou com baixa visão. O espetáculo é seguido de uma party, com um DJ Set que conta com o DJ Landi. A festa, que vai das 23h00 às 02h00, no Auditório do Solar da Música Nova, tem o selo do Clube do Espectador Emancipado, da Associação AORCA. Pouco antes do Natal chegam de presente duas encomendas: no dia 20, às 21h00, Janita Salomé e Rúben Alves convidam a Banda da Sociedade Filarmónica Artistas de Minerva para um concerto que cruza tradições e sonoridades ibéricas; e no dia 21, também às 21h00, as Moçoilas apresentam Enleio: Concerto para Daniel Vieira, um encontro entre música,&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>&lt;p&gt; The month kicks off with Manual de Sobrevivência para o Futuro (Survival Manual for the Future), between the 2nd and 5th, a creation by Teatro do Eléctrico with 12th-grade students from Dra. Laura Ayres Secondary School, integrating continued artistic mediation work. On December 5th, Friday night, the Cineteatro hosts As Três Promessas (The Three Promises), by Bela Companhia de Teatro (2:30 PM for schools and 9:00 PM for the general public), while on the same day, at 9:00 PM, the Multipurpose Pavilion 25 de Abril, in Almancil, welcomes LABIA, by Jo Castro, a multidisciplinary co-production focusing on dance. LABIA proposes a meeting between multidisciplinary artists who navigate between worlds without confining themselves to rooted ways of operating, in a coexistence and re-signification of their (re)(ex)istences. On the 6th, Casa da Cultura de Loulé hosts the performative route Lugar para Toda a Gente (Place for Everyone), by Rui Raposo, a joint initiative of the D. Maria II National Theatre and the Calouste Gulbenkian Foundation, integrated into the ATOS program, in partnership with Cineteatro Louletano. At 5:00 PM, at the Solar da Música Nova Auditorium, És o dono do oxigénio, quanto cobras por um minuto de ar? (You are the owner of the oxygen, how much do you charge for a minute of air?), by Marlene Barreto, also integrated into ATOS, is presented. On the 7th, at 5:00 PM, Cineteatro Louletano presents A Festa (The Party), by ACTA – Companhia de Teatro do Algarve, with interpretation in Portuguese Sign Language. Mother, father, and son share the same house; the mother tries to make some advances to celebrate their wedding anniversary, the father looks for any reason to get away from that house, and the son is unable to establish any communication. A Festa is a show about a family that doesn’t know how to communicate, that exhausts itself in attempts to solve its own problems, but inevitably ends up creating a repetitive cycle of misunderstandings. On December 12th, at 9:00 PM, Cratera (Crater), by André Braga and Cláudia Figueiredo / Circolando – Central Elétrica, is presented, a dance co-production that includes a conversation with the artistic team. Closely following the proposals of Geopoetics and other authors who bring the debate on ecological issues to a more micro level, Cratera seeks intense experiences of connection with the earth that demand other forms of language and lucidity, appealing to the volcanic landscape, due to its strong telluric dimension and proximity to the pulse and breath of the earth. On Saturday, the 13th, at 5:00 PM, the Solar da Música Nova Auditorium hosts another concert from the Ilustres Desconhecidos (Illustrious Unknowns) cycle, this time featuring the Portuguese-Croatian artist Lana Gasparøtti. Lana Gasparøtti is the voice, synths, keyboards, and guide in all her work. Anchored mainly in instrumentation, the Portuguese-Croatian artist’s performance is based on the exploration between electronica and acid jazz. Also on Saturday, but at 9:00 PM, at Cineteatro Louletano, A Fábrica (The Factory) premieres, by TAL – Teatro Análise de Loulé, a co-production supported by the Theatre Support Grant. In a dystopian future, the workers of A Fábrica are trapped in a relentless routine, where work consumes all their time and there is no space for reflection or escape. The stability of the system begins to be threatened when one of the workers fails to show up for work and failures in daily tasks begin to occur. Christmas music marks its presence on Sunday, the 14th, at 5:00 PM, with a free concert by the Loulé Music Conservatory – Francisco Rosado. And on Tuesday, the 16th, at 9:00 PM, Ao Luar Teatro premieres Uma Estrada para o Silêncio (A Road to Silence), a co-production supported by the Theatre Support Grant that addresses the social transformations of the rural world. On the 18th, between 6:00 PM and 8:00 PM, the Almancil Hub of the Loulé Municipal Library will host a music and dance workshop, related to a show premiering on the 19th at the Cineteatro, Maçã d’Adão (Adam’s Apple). The workshop is titled O Som do Gesto (The Sound of the Gesture) and features Lander Patrick, one of the show’s creators. It is preferably aimed at musicians and dancers, with or without experience, and has a maximum number of 30 participants, with no age limit. Then, on December 19th, Friday, at 9:00 PM, Maçã d’Adão is presented, Jonas’ new multidisciplinary project, which combines music and dance and includes the use of audio description, for blind people and/or those with low vision. The show is followed by a party, with a DJ Set featuring DJ Landi. The party, which runs from 11:00 PM to 2:00 AM, at the Solar da Música Nova Auditorium, is stamped with the seal of the Emancipate&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>[{"name":"Cultura"}]</t>
+  </si>
+  <si>
+    <t>[{"name":"Culture"}]</t>
+  </si>
+  <si>
+    <t>2024-08-10</t>
+  </si>
+  <si>
     <t>[]</t>
-  </si>
-[...46 lines deleted...]
-    <t>[{"name":"Environment"}]</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -487,51 +472,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:O4"/>
+  <dimension ref="A1:O5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -615,80 +600,85 @@
       <c r="D3" t="s">
         <v>26</v>
       </c>
       <c r="E3" t="s">
         <v>27</v>
       </c>
       <c r="G3" t="s">
         <v>28</v>
       </c>
       <c r="H3" t="s">
         <v>29</v>
       </c>
       <c r="J3" t="s">
         <v>30</v>
       </c>
       <c r="K3" t="s">
         <v>31</v>
       </c>
       <c r="M3" t="s">
         <v>32</v>
       </c>
       <c r="N3" t="s">
         <v>33</v>
       </c>
       <c r="O3" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
     </row>
     <row r="4" spans="1:15">
-      <c r="A4" t="s">
-[...5 lines deleted...]
-      <c r="C4" t="s">
+      <c r="D4" t="s">
         <v>34</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4">
+        <v>60</v>
+      </c>
+      <c r="G4" t="s">
         <v>35</v>
       </c>
-      <c r="G4" t="s">
-[...12 lines deleted...]
-        <v>24</v>
+      <c r="H4" t="s">
+        <v>35</v>
+      </c>
+      <c r="I4" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="5" spans="1:15">
+      <c r="D5" t="s">
+        <v>34</v>
+      </c>
+      <c r="E5">
+        <v>60</v>
+      </c>
+      <c r="G5" t="s">
+        <v>35</v>
+      </c>
+      <c r="H5" t="s">
+        <v>35</v>
+      </c>
+      <c r="I5" t="s">
+        <v>35</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>