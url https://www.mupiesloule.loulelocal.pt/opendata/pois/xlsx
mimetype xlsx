--- v0 (2025-12-06)
+++ v1 (2026-01-25)
@@ -12,113 +12,170 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="21">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="40">
   <si>
     <t>Address</t>
   </si>
   <si>
     <t>Locality</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Phone</t>
   </si>
   <si>
-    <t>Rating</t>
-[...1 lines deleted...]
-  <si>
     <t>Image</t>
   </si>
   <si>
     <t>Latitude</t>
   </si>
   <si>
     <t>Longitude</t>
   </si>
   <si>
     <t>Name (pt)</t>
   </si>
   <si>
     <t>Name (en)</t>
   </si>
   <si>
     <t>Name (es)</t>
   </si>
   <si>
     <t>Category (pt)</t>
   </si>
   <si>
     <t>Category (en)</t>
   </si>
   <si>
     <t>Category (es)</t>
   </si>
   <si>
-    <t>Av. Cerro da Vila</t>
-[...2 lines deleted...]
-    <t>Arouca</t>
+    <t>Rua D. Paio Peres Correia 14</t>
+  </si>
+  <si>
+    <t>Loulé</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
-    <t>https://www.mupiesloule.loulelocal.pt/files/images/portfolio/693075119263c1764783377.jpg</t>
-[...2 lines deleted...]
-    <t>Estação Arqueológica do Cerro da Vila</t>
+    <t>https://www.mupiesloule.loulelocal.pt/files/images/portfolio/693fec8b9e21f1765797003.jpg</t>
+  </si>
+  <si>
+    <t>Museu Municipal de Loulé</t>
+  </si>
+  <si>
+    <t>Municipal Museum of Loulé</t>
+  </si>
+  <si>
+    <t>Museo Municipal de Loulé</t>
   </si>
   <si>
     <t>Mosteiro e Monumentos</t>
   </si>
   <si>
     <t>Churches and Convents</t>
+  </si>
+  <si>
+    <t>Monasterio y monumentos</t>
+  </si>
+  <si>
+    <t>Praça da República</t>
+  </si>
+  <si>
+    <t>https://www.mupiesloule.loulelocal.pt/files/images/portfolio/693ff9f99163f1765800441.jpg</t>
+  </si>
+  <si>
+    <t>Mercado Municipal de Loulé</t>
+  </si>
+  <si>
+    <t>Loulé Municipal Market</t>
+  </si>
+  <si>
+    <t>Espaços Verdes e Lazer</t>
+  </si>
+  <si>
+    <t>Parks and Gardens</t>
+  </si>
+  <si>
+    <t>Espacios verdes y ocio</t>
+  </si>
+  <si>
+    <t>R. Dom Paio Peres Correia 17</t>
+  </si>
+  <si>
+    <t>https://www.mupiesloule.loulelocal.pt/files/images/portfolio/693fff09a6aaf1765801737.jpg</t>
+  </si>
+  <si>
+    <t>Castelo de Loulé</t>
+  </si>
+  <si>
+    <t>Loulé Castle</t>
+  </si>
+  <si>
+    <t>Castillo de Loulé</t>
+  </si>
+  <si>
+    <t>Largo Dom Pedro I</t>
+  </si>
+  <si>
+    <t>https://www.mupiesloule.loulelocal.pt/files/images/portfolio/69401a1456fec1765808660.jpg</t>
+  </si>
+  <si>
+    <t>Banhos Islâmicos e Casa Senhorial dos Barreto</t>
+  </si>
+  <si>
+    <t>Islamic Baths and the Barreto Stately Home</t>
+  </si>
+  <si>
+    <t>Baños Islámicos y Casa Solariega de Barreto</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -422,132 +479,255 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N2"/>
+  <dimension ref="A1:M5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:13">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
-      <c r="N1" t="s">
+    </row>
+    <row r="2" spans="1:13">
+      <c r="A2" t="s">
         <v>13</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A2" t="s">
+      <c r="B2" t="s">
         <v>14</v>
       </c>
-      <c r="B2" t="s">
+      <c r="C2" t="s">
         <v>15</v>
       </c>
-      <c r="C2" t="s">
+      <c r="D2">
+        <v>289400600</v>
+      </c>
+      <c r="E2" t="s">
         <v>16</v>
       </c>
-      <c r="F2" t="s">
+      <c r="F2">
+        <v>37.13973507211396</v>
+      </c>
+      <c r="G2">
+        <v>-8.023327119524074</v>
+      </c>
+      <c r="H2" t="s">
         <v>17</v>
-      </c>
-[...4 lines deleted...]
-        <v>-8.022432306955665</v>
       </c>
       <c r="I2" t="s">
         <v>18</v>
       </c>
       <c r="J2" t="s">
-        <v>18</v>
+        <v>19</v>
+      </c>
+      <c r="K2" t="s">
+        <v>20</v>
       </c>
       <c r="L2" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="M2" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="3" spans="1:13">
+      <c r="A3" t="s">
+        <v>23</v>
+      </c>
+      <c r="B3" t="s">
+        <v>14</v>
+      </c>
+      <c r="C3" t="s">
+        <v>15</v>
+      </c>
+      <c r="D3">
+        <v>289401080</v>
+      </c>
+      <c r="E3" t="s">
+        <v>24</v>
+      </c>
+      <c r="F3">
+        <v>37.13848318447466</v>
+      </c>
+      <c r="G3">
+        <v>-8.022174774463148</v>
+      </c>
+      <c r="H3" t="s">
+        <v>25</v>
+      </c>
+      <c r="I3" t="s">
+        <v>26</v>
+      </c>
+      <c r="J3" t="s">
+        <v>25</v>
+      </c>
+      <c r="K3" t="s">
+        <v>27</v>
+      </c>
+      <c r="L3" t="s">
+        <v>28</v>
+      </c>
+      <c r="M3" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13">
+      <c r="A4" t="s">
+        <v>30</v>
+      </c>
+      <c r="C4" t="s">
+        <v>15</v>
+      </c>
+      <c r="D4">
+        <v>289400885</v>
+      </c>
+      <c r="E4" t="s">
+        <v>31</v>
+      </c>
+      <c r="F4">
+        <v>37.13970391653974</v>
+      </c>
+      <c r="G4">
+        <v>-8.0238475564966</v>
+      </c>
+      <c r="H4" t="s">
+        <v>32</v>
+      </c>
+      <c r="I4" t="s">
+        <v>33</v>
+      </c>
+      <c r="J4" t="s">
+        <v>34</v>
+      </c>
+      <c r="K4" t="s">
         <v>20</v>
+      </c>
+      <c r="L4" t="s">
+        <v>21</v>
+      </c>
+      <c r="M4" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13">
+      <c r="A5" t="s">
+        <v>35</v>
+      </c>
+      <c r="C5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5">
+        <v>289400953</v>
+      </c>
+      <c r="E5" t="s">
+        <v>36</v>
+      </c>
+      <c r="F5">
+        <v>37.13924716012082</v>
+      </c>
+      <c r="G5">
+        <v>-8.023791342271265</v>
+      </c>
+      <c r="H5" t="s">
+        <v>37</v>
+      </c>
+      <c r="I5" t="s">
+        <v>38</v>
+      </c>
+      <c r="J5" t="s">
+        <v>39</v>
+      </c>
+      <c r="K5" t="s">
+        <v>20</v>
+      </c>
+      <c r="L5" t="s">
+        <v>21</v>
+      </c>
+      <c r="M5" t="s">
+        <v>22</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>